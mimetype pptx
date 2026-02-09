--- v0 (2025-12-22)
+++ v1 (2026-02-09)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="PNG" ContentType="image/png"/>
+  <Default Extension="JPG" ContentType="image/.jpg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...13 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...6 lines deleted...]
-    <p:sldId id="268" r:id="rId9"/>
+    <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="267" r:id="rId4"/>
+    <p:sldId id="260" r:id="rId5"/>
+    <p:sldId id="257" r:id="rId6"/>
+    <p:sldId id="258" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId8"/>
+    <p:sldId id="266" r:id="rId9"/>
+    <p:sldId id="268" r:id="rId10"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -132,148 +134,145 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="2160">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="3840">
+        <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="EBC421"/>
     <a:srgbClr val="398465"/>
     <a:srgbClr val="348061"/>
     <a:srgbClr val="EBC420"/>
     <a:srgbClr val="348267"/>
     <a:srgbClr val="4F935F"/>
     <a:srgbClr val="5AA66C"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
-[...2 lines deleted...]
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
+    <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="73" d="100"/>
           <a:sy n="73" d="100"/>
         </p:scale>
         <p:origin x="67" y="178"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -295,95 +294,83 @@
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Subtitle 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0" algn="ctr">
@@ -404,866 +391,730 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="365125"/>
             <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="1709738"/>
             <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="4589463"/>
             <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
@@ -1333,501 +1184,430 @@
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -1843,125 +1623,118 @@
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -1977,658 +1750,562 @@
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Date Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Footer Placeholder 7">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Slide Number Placeholder 8">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Date Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Footer Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Date Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Footer Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Text Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -2644,225 +2321,189 @@
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Picture Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -2879,57 +2520,51 @@
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Text Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -2945,459 +2580,402 @@
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C57C7D53-1FEE-4A24-9170-C24CA7E430C7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{74E07AB5-5525-4184-BBF6-289715C6A19E}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
@@ -3643,118 +3221,116 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.PNG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;128;p13"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="425624" y="1309285"/>
             <a:ext cx="6158055" cy="2286000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
@@ -3765,53 +3341,51 @@
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>Соціально-педагогічний захист та підтримка дітей-сиріт та дітей, позбавлених батьківської опіки</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;129;p13"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6308920" y="4617030"/>
             <a:ext cx="5527480" cy="2027610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="3D85C6"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
@@ -4038,314 +3612,312 @@
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>коледж</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> ЗНУ</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Освітня</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>програма</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Соціальний</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> педагог»</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Google Shape;130;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7690680" y="1136865"/>
             <a:ext cx="2987480" cy="2813720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1329884" y="1735940"/>
             <a:ext cx="9581956" cy="1646100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="646931" y="1456557"/>
             <a:ext cx="10380866" cy="5003237"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;135;p14">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="5" name="Google Shape;135;p14"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="946969" y="255664"/>
             <a:ext cx="7505700" cy="954600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="EBC421"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
@@ -4364,111 +3936,104 @@
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" b="1" i="1" dirty="0"/>
               <a:t>Мета та завдання курсу</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Google Shape;135;p14"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="819150" y="845600"/>
             <a:ext cx="7505700" cy="954600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2">
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
@@ -4491,53 +4056,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" b="1" i="1" dirty="0"/>
               <a:t>Компетентності</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;136;p14"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="279516" y="2624393"/>
             <a:ext cx="7505700" cy="3779231"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -4725,386 +4288,352 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Рисунок 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="279516" y="1964574"/>
             <a:ext cx="8610600" cy="2314575"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;137;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7959561" y="124707"/>
             <a:ext cx="3685110" cy="2396385"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Рисунок 7">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="8" name="Рисунок 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:srcRect t="5229"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="279516" y="3913382"/>
             <a:ext cx="8010525" cy="2058149"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Google Shape;138;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7959561" y="3913382"/>
             <a:ext cx="3949265" cy="2759195"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Рисунок 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1809750" y="285750"/>
             <a:ext cx="8572500" cy="6286500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Google Shape;143;p15"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1560830" y="269335"/>
             <a:ext cx="7505700" cy="954600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="EBC421"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="EBC420"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0"/>
-              <a:t>студенти повинні</a:t>
+              <a:t>Студенти повинні</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" b="1" i="1" dirty="0"/>
               <a:t>знати</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;144;p15"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="382270" y="1878965"/>
             <a:ext cx="7024217" cy="2093595"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -5251,318 +4780,302 @@
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="299117" y="1547045"/>
             <a:ext cx="8471258" cy="2186744"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Рисунок 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:srcRect t="9669"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="157008" y="3537612"/>
             <a:ext cx="8515350" cy="1118521"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;145;p15"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7856681" y="4539750"/>
             <a:ext cx="4060015" cy="2186745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Google Shape;150;p16"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="321310" y="478005"/>
             <a:ext cx="7505700" cy="954600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="EBC421"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="EBC421"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="uk-UA" altLang="ru-RU" dirty="0" err="1"/>
+              <a:t>Студенти повинні в</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>Вміти</a:t>
+              <a:t>міти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" altLang="ru-RU" dirty="0" err="1"/>
+              <a:t>:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Google Shape;153;p16"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7799736" y="3480237"/>
             <a:ext cx="3826360" cy="2573535"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;152;p16"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7822650" y="804228"/>
             <a:ext cx="3826361" cy="1943401"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;151;p16"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="565904" y="1775929"/>
             <a:ext cx="7551935" cy="2558350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -5715,364 +5228,335 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="1600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1600"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Рисунок 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="2199521"/>
             <a:ext cx="7501340" cy="2773889"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Google Shape;158;p17"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="629920"/>
             <a:ext cx="9977285" cy="825254"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="EBC420"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="3600" b="1" dirty="0"/>
               <a:t>Змістовий модуль 1.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Рисунок 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1328122" y="2198892"/>
             <a:ext cx="8277225" cy="3286125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Google Shape;165;p18"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="121729" y="461435"/>
             <a:ext cx="6993890" cy="629946"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="348061"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="398465"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0"/>
               <a:t>Змістовий модуль 2. </a:t>
             </a:r>
+            <a:endParaRPr lang="uk-UA" sz="3200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Google Shape;167;p18"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8544560" y="975401"/>
             <a:ext cx="3281680" cy="2292823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;166;p18"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="570403" y="2275205"/>
             <a:ext cx="7505700" cy="2637000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -6233,118 +5717,105 @@
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="1600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1600"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Google Shape;168;p18"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...1 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7942928" y="4261243"/>
             <a:ext cx="3558191" cy="2436888"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Рисунок 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="258098" y="1624012"/>
             <a:ext cx="7981950" cy="3609975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...1 lines deleted...]
-      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="1250">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" Requires="p15">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" Requires="p14" p14:dur="1250">
         <p15:prstTrans prst="peelOff"/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback xmlns="">
+    <mc:Fallback>
       <p:transition spd="slow">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -6352,152 +5823,118 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -6594,103 +6031,117 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>45</Words>
-  <Application>Microsoft Office PowerPoint</Application>
+  <Words>299</Words>
+  <Application>WPS Presentation</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>12</Paragraphs>
+  <Paragraphs>21</Paragraphs>
   <Slides>8</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Использованные шрифты</vt:lpstr>
+        <vt:lpstr>已用的字体</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Тема</vt:lpstr>
+        <vt:lpstr>主题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Заголовки слайдов</vt:lpstr>
+        <vt:lpstr>幻灯片标题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="13" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>SimSun</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Microsoft YaHei</vt:lpstr>
+      <vt:lpstr>Arial Unicode MS</vt:lpstr>
+      <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>A4EC4160E5D24579837EA2F3E52BAB0A_12</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.23196</vt:lpwstr>
+  </property>
+</Properties>
+</file>